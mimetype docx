--- v0 (2025-11-27)
+++ v1 (2026-01-31)
@@ -93,101 +93,101 @@
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:u w:val="words"/>
                 <w:lang w:eastAsia="pt-BR"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002A11E6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:lang w:eastAsia="pt-BR"/>
               </w:rPr>
               <w:t>$NUMERO$</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1797" w:type="dxa"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="002A11E6" w:rsidRPr="002A11E6" w:rsidRDefault="002A11E6" w:rsidP="007D7402">
+          <w:p w:rsidR="002A11E6" w:rsidRPr="002A11E6" w:rsidRDefault="002A11E6" w:rsidP="00671A7F">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="600"/>
                 <w:tab w:val="left" w:pos="993"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:ind w:left="34"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:u w:val="words"/>
                 <w:lang w:eastAsia="pt-BR"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002A11E6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:lang w:eastAsia="pt-BR"/>
               </w:rPr>
               <w:t>/20</w:t>
             </w:r>
             <w:r w:rsidR="00BE6DEC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:lang w:eastAsia="pt-BR"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
-            <w:r w:rsidR="007D7402">
+            <w:r w:rsidR="00671A7F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:lang w:eastAsia="pt-BR"/>
               </w:rPr>
-              <w:t>5</w:t>
+              <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="002A11E6" w:rsidRPr="002A11E6" w:rsidRDefault="002A11E6" w:rsidP="002A11E6">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:ind w:left="34"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="002A11E6" w:rsidRPr="002A11E6" w:rsidRDefault="002A11E6" w:rsidP="002A11E6">
@@ -505,51 +505,71 @@
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
         <w:tab/>
-        <w:t>Nos termos do art. 5º do Decreto Legislativo nº 914, de 03 de março de 2015, os projetos de decreto legislativo concessivos das honrarias indicadas nesta seção são apreciados em sessão de honraria, em que são discutidos e submetidos à única votação secreta e nominal, sendo necessário para sua aprovação o voto da maioria simples dos membros da Câmara Municipal. (Redação dada pelo Decreto legislativo n° 1.145, de 2022).</w:t>
+        <w:t>Nos termos do art. 5º do Decreto Legislativo nº 914, de 03 de março de 2015, os projetos de decreto legislativo concessivos das honrarias indicadas nesta seção são apreciados em sessão</w:t>
+      </w:r>
+      <w:r w:rsidR="00812706">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ordinária ou extraordinária</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t>, em que são discutidos e submetidos à única votação secreta e nominal, sendo necessário para sua aprovação o voto da maioria simples dos membros da Câmara Municipal. (Redação dada pelo Decreto legislativo n° 1.145, de 2022).</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="000F7738" w:rsidRDefault="000F7738" w:rsidP="000F7738">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="709"/>
           <w:tab w:val="left" w:pos="1418"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:ind w:left="34"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pt-BR"/>
@@ -734,52 +754,50 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B6532E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">Sala de reuniões das comissões, </w:t>
       </w:r>
       <w:r w:rsidR="002B5ABA" w:rsidRPr="002B5ABA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
         <w:t>$DATAEXTENSO$</w:t>
       </w:r>
-      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-      <w:bookmarkEnd w:id="0"/>
       <w:r w:rsidRPr="00B6532E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00B6532E" w:rsidRPr="00B6532E" w:rsidRDefault="00B6532E" w:rsidP="00B6532E">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
@@ -824,193 +842,142 @@
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>_____________________________</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00337234" w:rsidRDefault="00337234" w:rsidP="00337234">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Dr. </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t>Dr. Lelo</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00337234" w:rsidRDefault="00337234" w:rsidP="00337234">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Lelo</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>Presidente da Comissão</w:t>
+      </w:r>
     </w:p>
     <w:p w:rsidR="00337234" w:rsidRDefault="00337234" w:rsidP="00337234">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00337234" w:rsidRDefault="00337234" w:rsidP="00337234">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00337234" w:rsidRDefault="00337234" w:rsidP="00337234">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00337234" w:rsidRDefault="00337234" w:rsidP="00337234">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>____________________________              ____________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B6532E" w:rsidRPr="00B6532E" w:rsidRDefault="00337234" w:rsidP="00337234">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Presidente da Comissão</w:t>
-[...111 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">                           Geani Trevisóli </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">                                        Maria Paula</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00B6532E" w:rsidRPr="00B6532E" w:rsidRDefault="00B6532E" w:rsidP="00B6532E">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
@@ -1026,117 +993,117 @@
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00FE7B0E" w:rsidRDefault="00FE7B0E" w:rsidP="00B6532E">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:ind w:left="34"/>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00FE7B0E" w:rsidSect="00FC3028">
       <w:headerReference w:type="default" r:id="rId6"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00AE12A6" w:rsidRDefault="00AE12A6" w:rsidP="00331E63">
+    <w:p w:rsidR="005D2540" w:rsidRDefault="005D2540" w:rsidP="00331E63">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00AE12A6" w:rsidRDefault="00AE12A6" w:rsidP="00331E63">
+    <w:p w:rsidR="005D2540" w:rsidRDefault="005D2540" w:rsidP="00331E63">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="A00002EF" w:usb1="4000207B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00AE12A6" w:rsidRDefault="00AE12A6" w:rsidP="00331E63">
+    <w:p w:rsidR="005D2540" w:rsidRDefault="005D2540" w:rsidP="00331E63">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00AE12A6" w:rsidRDefault="00AE12A6" w:rsidP="00331E63">
+    <w:p w:rsidR="005D2540" w:rsidRDefault="005D2540" w:rsidP="00331E63">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:p w:rsidR="00331E63" w:rsidRDefault="00331E63" w:rsidP="00331E63">
     <w:pPr>
       <w:spacing w:after="120"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
         <w:smallCaps/>
         <w:color w:val="0070C0"/>
         <w:sz w:val="50"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:lang w:eastAsia="pt-BR"/>
@@ -1234,91 +1201,94 @@
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:sz w:val="28"/>
         <w:szCs w:val="32"/>
       </w:rPr>
       <w:t xml:space="preserve">      </w:t>
     </w:r>
     <w:r w:rsidR="00331E63">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:sz w:val="28"/>
         <w:szCs w:val="32"/>
       </w:rPr>
       <w:t>Comissão de Justiça, Legislação e Redação</w:t>
     </w:r>
   </w:p>
   <w:p w:rsidR="00331E63" w:rsidRDefault="00331E63">
     <w:pPr>
       <w:pStyle w:val="Cabealho"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15">
-  <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:zoom w:percent="120"/>
   <w:defaultTabStop w:val="720"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2049"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00217F62"/>
     <w:rsid w:val="00000706"/>
     <w:rsid w:val="00020EC7"/>
     <w:rsid w:val="00040569"/>
     <w:rsid w:val="000422C0"/>
     <w:rsid w:val="000F7738"/>
     <w:rsid w:val="001530B2"/>
     <w:rsid w:val="001915A3"/>
+    <w:rsid w:val="0021310E"/>
     <w:rsid w:val="00217F62"/>
     <w:rsid w:val="00276CFB"/>
     <w:rsid w:val="00287DAC"/>
     <w:rsid w:val="002A11E6"/>
     <w:rsid w:val="002B058E"/>
     <w:rsid w:val="002B5ABA"/>
     <w:rsid w:val="00331E63"/>
     <w:rsid w:val="00337234"/>
     <w:rsid w:val="00346BDF"/>
     <w:rsid w:val="004278DF"/>
     <w:rsid w:val="00467980"/>
+    <w:rsid w:val="005D2540"/>
+    <w:rsid w:val="00671A7F"/>
     <w:rsid w:val="006E1938"/>
     <w:rsid w:val="007D7402"/>
+    <w:rsid w:val="00812706"/>
     <w:rsid w:val="008372DF"/>
     <w:rsid w:val="00A906D8"/>
     <w:rsid w:val="00AB5A74"/>
     <w:rsid w:val="00AE12A6"/>
     <w:rsid w:val="00B6532E"/>
     <w:rsid w:val="00BE6DEC"/>
     <w:rsid w:val="00D71B72"/>
     <w:rsid w:val="00D82A15"/>
     <w:rsid w:val="00F071AE"/>
     <w:rsid w:val="00F21C32"/>
     <w:rsid w:val="00F30467"/>
     <w:rsid w:val="00FE5B24"/>
     <w:rsid w:val="00FE7B0E"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
@@ -2489,49 +2459,49 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>164</Words>
-  <Characters>889</Characters>
+  <Words>167</Words>
+  <Characters>902</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>7</Lines>
   <Paragraphs>2</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1051</CharactersWithSpaces>
+  <CharactersWithSpaces>1067</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>